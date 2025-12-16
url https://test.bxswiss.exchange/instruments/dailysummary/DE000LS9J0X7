--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f6a7431ef5462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43de6a8f0134541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9604f7fb04974509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74eb469b969a4955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b0364b50944d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9604f7fb04974509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc1b5f999944fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74eb469b969a4955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>178,931</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>