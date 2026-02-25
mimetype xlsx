--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43de6a8f0134541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0fc8b7a7804043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74eb469b969a4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc153dc5e5dc043c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc1b5f999944fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74eb469b969a4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa570f14ad14b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc153dc5e5dc043c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QI Minimum Volatility Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>184,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,478</x:t>
-[...242 lines deleted...]
-          <x:t>185,668</x:t>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>