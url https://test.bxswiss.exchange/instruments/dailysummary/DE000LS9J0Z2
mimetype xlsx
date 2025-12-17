--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159fb3f42a544a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03717a6312204e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc3c6cd981be48f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e69523e9564fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb592ee14c1c43c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc3c6cd981be48f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6604cce3ede5428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e69523e9564fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,836</x:t>
-[...333 lines deleted...]
-          <x:t>110,144</x:t>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>