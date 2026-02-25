--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03717a6312204e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304eda4b26ec46ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e69523e9564fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e99886beedc4183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6604cce3ede5428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e69523e9564fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10d25dfc13f4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e99886beedc4183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>growth2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J0Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>109,288</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>109,688</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>109,886</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>