--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27feb8d7937e4252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb5d682a6a604904" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce599b05df7c4249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55496f40e8ca4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re892408a3956412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce599b05df7c4249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R330ec578ac4e47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55496f40e8ca4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global E Commerce</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>329,813</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>