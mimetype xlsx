--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d8bd8932b844bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b95373936384764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7262dc1544ff4c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fcac0b82934690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44fbf8e309374236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7262dc1544ff4c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e9e433fe91478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fcac0b82934690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,392</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>