--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b95373936384764" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44078d01e4ef48e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fcac0b82934690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3fb8ecab194e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e9e433fe91478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fcac0b82934690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fc55ea882d478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3fb8ecab194e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FIRE of DOWN UNDER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>