--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe1308bbf5824531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12dbf89d82545fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c44ac4b87b544c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af1a62996ab4b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f4be4699c2c4047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c44ac4b87b544c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ece2fa9fc94388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af1a62996ab4b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>275,379</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>