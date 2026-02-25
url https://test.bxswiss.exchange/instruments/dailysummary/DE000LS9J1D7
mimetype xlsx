--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12dbf89d82545fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79f1966994a4e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af1a62996ab4b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e65a642fd24533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ece2fa9fc94388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af1a62996ab4b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899fb69a2d8b48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e65a642fd24533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J1D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>