--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7430eadb52d94a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9825a8de97bc40f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reddac496022e4e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d3ac3139714d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09dff609d9f046c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reddac496022e4e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbafca92a788e464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d3ac3139714d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Aktienwerte Large-Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>347,499</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>