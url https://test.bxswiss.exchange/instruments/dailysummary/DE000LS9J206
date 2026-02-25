--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9825a8de97bc40f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d278b3e6a324890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d3ac3139714d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26b3e355728423f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbafca92a788e464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d3ac3139714d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4c308643ee4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26b3e355728423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Aktienwerte Large-Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>352,379</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...316 lines deleted...]
-          <x:t>352,175</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>