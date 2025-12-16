--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac76b8c278594aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c55f9f25e7d4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998688ba41ff4eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f2606450d445a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9386af62484eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998688ba41ff4eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6cd5d938dbd4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f2606450d445a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>270,255</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>256,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>