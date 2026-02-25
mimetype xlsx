--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c55f9f25e7d4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b2ba15fa494a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f2606450d445a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R632e44e40e3f4e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6cd5d938dbd4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f2606450d445a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ebb8177cb7347ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R632e44e40e3f4e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>