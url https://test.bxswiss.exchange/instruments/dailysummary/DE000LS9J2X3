--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd064531d49544ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra930463bffaf4cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2029bdb18c340e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85df65682954f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6240bfb2b84b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2029bdb18c340e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9778465af094153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85df65682954f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktie &amp; Produkt begehrenswert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>247,843</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>