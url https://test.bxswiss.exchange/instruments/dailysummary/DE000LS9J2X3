--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra930463bffaf4cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c0e512e93e64f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85df65682954f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re460ca0d68174dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9778465af094153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85df65682954f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a03e48934b44b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re460ca0d68174dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktie &amp; Produkt begehrenswert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>