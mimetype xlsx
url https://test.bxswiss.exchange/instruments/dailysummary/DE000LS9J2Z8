--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb005dd8abbe34aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf09d58b3a693457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223580361d0f4dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1cd0f2f76ec4438"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e508252ec5d483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223580361d0f4dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3db0334735844ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1cd0f2f76ec4438" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>38,589</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,416</x:t>
-[...87 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,250</x:t>
-[...117 lines deleted...]
-          <x:t>37,933</x:t>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>