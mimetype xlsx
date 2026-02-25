--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf09d58b3a693457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba7d657ea1674abc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1cd0f2f76ec4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eab16dc55a5485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3db0334735844ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1cd0f2f76ec4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e972314bbd643e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eab16dc55a5485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>38,959</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,946</x:t>
-[...43 lines deleted...]
-          <x:t>38,910</x:t>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>38,897</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>39,168</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>