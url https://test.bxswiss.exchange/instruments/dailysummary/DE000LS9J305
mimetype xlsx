--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb728ced6338b4c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdb5311973543e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd691014923d74919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e0e08c196e42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c58c1b4653441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd691014923d74919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d7800b18f74f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e0e08c196e42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>253,639</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>