--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdb5311973543e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf122af0550f1416a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e0e08c196e42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10b075c54dba43ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d7800b18f74f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e0e08c196e42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7dce85da66c4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10b075c54dba43ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>