--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ae422947574d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5602667e65435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dbdce59c5c14c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92185abdfe39479d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc52dd8c121a1420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dbdce59c5c14c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a8bc0aa9f444e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92185abdfe39479d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>107,833</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,902</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>104,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>