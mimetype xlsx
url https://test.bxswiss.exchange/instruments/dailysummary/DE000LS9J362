--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d5602667e65435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab5569bdf514a9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92185abdfe39479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb736011d7794bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a8bc0aa9f444e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92185abdfe39479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a2222e63ee3475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb736011d7794bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>