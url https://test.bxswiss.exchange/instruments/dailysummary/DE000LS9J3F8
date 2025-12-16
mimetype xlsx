--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870197672c3c40aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c99284a959948a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3361147d99d4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591e0be2940c4b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445c0033582241e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3361147d99d4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1246c879516d4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591e0be2940c4b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsTrends'nTrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>356,176</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>