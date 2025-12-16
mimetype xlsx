--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e2e20a1239c47a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aaad3399fe745d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47673aa0a7354c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177f0a6f43a14379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf0e0de92dd428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47673aa0a7354c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c043fc4a8494208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177f0a6f43a14379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Valueinvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,360</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>