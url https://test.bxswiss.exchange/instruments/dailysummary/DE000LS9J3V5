--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aaad3399fe745d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3066c40b829b4859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177f0a6f43a14379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f47023425d4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c043fc4a8494208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177f0a6f43a14379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b59df95f0f4b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f47023425d4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Valueinvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>