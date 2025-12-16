--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea42c954447b4b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b55fe540a04448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b686f6cef64d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7e42bfbb724557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c19c49630ca449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b686f6cef64d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf29d59a643294e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7e42bfbb724557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>107,843</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,625</x:t>
-[...539 lines deleted...]
-          <x:t>109,012</x:t>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>