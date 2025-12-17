--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73e93569e704e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6df9b6e9c14f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79da6e026784f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0af9a64c7f4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04ece6cda4134662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79da6e026784f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14ab8178f184dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0af9a64c7f4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,326 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...143 lines deleted...]
-          <x:t>151,340</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,057</x:t>
-[...139 lines deleted...]
-          <x:t>152,701</x:t>
+          <x:t>149,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>