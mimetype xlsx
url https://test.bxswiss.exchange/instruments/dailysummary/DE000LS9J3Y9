--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6df9b6e9c14f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf0706fa80b7499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0af9a64c7f4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478ab675355a4a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14ab8178f184dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0af9a64c7f4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8332aef6b57e49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478ab675355a4a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>