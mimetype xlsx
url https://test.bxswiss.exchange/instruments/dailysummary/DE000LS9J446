--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c036819d3c9442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069d4ded612d4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53645c499d7745f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13db27446a1d413b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15eaefd816894c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53645c499d7745f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86319766094748e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13db27446a1d413b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,268</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>