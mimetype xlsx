--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069d4ded612d4cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8eae4d8009049f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13db27446a1d413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecae9e58e0f4780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86319766094748e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13db27446a1d413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4489d7d661c544b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecae9e58e0f4780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>