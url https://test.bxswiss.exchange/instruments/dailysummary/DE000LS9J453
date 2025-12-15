--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45b1078e4f7490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d02c3ab27fb4503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c2d09852e4d4554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2198fa9759a044da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8efa32596a964bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c2d09852e4d4554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4b1c86c6444269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2198fa9759a044da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,281</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,647</x:t>
-[...48 lines deleted...]
-          <x:t>93,573</x:t>
+          <x:t>93,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,482</x:t>
-[...53 lines deleted...]
-          <x:t>93,359</x:t>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>93,691</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>