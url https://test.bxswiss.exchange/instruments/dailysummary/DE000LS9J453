--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d02c3ab27fb4503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07d85edca1243c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2198fa9759a044da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda812e3321ca4ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4b1c86c6444269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2198fa9759a044da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76559cbb7db9405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda812e3321ca4ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>93,000</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,849</x:t>
-[...431 lines deleted...]
-          <x:t>93,293</x:t>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>