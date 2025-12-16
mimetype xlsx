--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d350a153b9a4ef1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae37ff8147fa4b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019aeaf54f214dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1a887964114fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac79281b21b4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019aeaf54f214dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5641a5d5e64c4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1a887964114fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,669</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>