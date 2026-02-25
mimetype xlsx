--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae37ff8147fa4b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ebbbaaa007483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b1a887964114fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45bdfeb0a644cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5641a5d5e64c4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b1a887964114fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f60c85590ff4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45bdfeb0a644cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>