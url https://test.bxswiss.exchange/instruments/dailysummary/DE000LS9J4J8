--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9906700f3ebc4bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5a58e1f7f943ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8be153cdf95e41c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9717f4d12b41f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0273827757dd4095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8be153cdf95e41c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35518c821fb4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9717f4d12b41f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>368,886</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>