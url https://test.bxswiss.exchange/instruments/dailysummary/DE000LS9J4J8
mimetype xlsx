--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f5a58e1f7f943ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae01f815beff4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f9717f4d12b41f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f4faf0a3bdb4db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35518c821fb4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f9717f4d12b41f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dbb526c493640cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f4faf0a3bdb4db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>