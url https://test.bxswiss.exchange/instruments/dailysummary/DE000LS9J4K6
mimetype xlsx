--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd408ba58d7ee441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a8b84582704ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b976a94fd254a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ec0ea52fa7427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2882fc3285a04c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b976a94fd254a83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd387dd34d9ba497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ec0ea52fa7427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Internet-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>376,172</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>