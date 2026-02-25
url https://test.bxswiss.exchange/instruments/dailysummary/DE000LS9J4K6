--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a8b84582704ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5ccea466144a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ec0ea52fa7427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8930d087926d4f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd387dd34d9ba497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ec0ea52fa7427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02474b159a1044dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8930d087926d4f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Internet-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4K6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>