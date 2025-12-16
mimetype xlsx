--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9cb4b3484545ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade09cf7d7ba48bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2bce03bba194eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0790079b1c184e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68ca56f3eaca4010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2bce03bba194eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e0ecb2d178349eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0790079b1c184e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>142,180</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>143,971</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>