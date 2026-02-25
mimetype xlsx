--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade09cf7d7ba48bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f3348557fee42ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0790079b1c184e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371c5e42fe1e4a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e0ecb2d178349eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0790079b1c184e67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f33a8fabde04d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371c5e42fe1e4a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>145,413</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>145,791</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>146,711</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,590</x:t>
-[...247 lines deleted...]
-          <x:t>146,376</x:t>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>