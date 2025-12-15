--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref8348111fae452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55b603e085e49cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb67a1338d34cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6184cadb7e9c410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R310f5c3cfd314829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb67a1338d34cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27198f140d514d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6184cadb7e9c410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>156,503</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,081</x:t>
-[...107 lines deleted...]
-          <x:t>158,693</x:t>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>