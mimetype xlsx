--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55b603e085e49cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38c722ff0ab649a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6184cadb7e9c410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338cdd4262344eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27198f140d514d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6184cadb7e9c410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c4def0256740d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338cdd4262344eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>160,972</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>