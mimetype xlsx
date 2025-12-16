--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6fd1dd7b8f45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff9eb92815b4f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b7821e747d4002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9fbe9fb3f84fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra766ce4d5b004724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b7821e747d4002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd61b8140add47f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9fbe9fb3f84fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,529</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>