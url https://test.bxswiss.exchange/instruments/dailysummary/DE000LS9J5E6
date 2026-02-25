--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff9eb92815b4f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c82d3b32164c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c9fbe9fb3f84fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7be86dee86e3414d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd61b8140add47f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c9fbe9fb3f84fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49a7d29306642ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7be86dee86e3414d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>