--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07348c02ef084fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d715904e3ca4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e72a44e344e4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d1b5539dce493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7051f9a6153d4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e72a44e344e4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01505300e4f4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d1b5539dce493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>93,883</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>