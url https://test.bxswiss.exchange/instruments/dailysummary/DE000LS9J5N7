--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d715904e3ca4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab6cb683680424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94d1b5539dce493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9f7fe7fb9674433"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01505300e4f4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94d1b5539dce493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6439ae1a81324922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9f7fe7fb9674433" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>92,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,580</x:t>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>