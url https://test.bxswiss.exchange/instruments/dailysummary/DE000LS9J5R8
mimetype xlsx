--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfddf1230804f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0381e4947dca4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d499b252a447ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ad9748055c4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24dddefd689d4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d499b252a447ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5588d75f78d04f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ad9748055c4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,477</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>