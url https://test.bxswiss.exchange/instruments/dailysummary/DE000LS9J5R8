--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0381e4947dca4741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc767515e5452401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94ad9748055c4618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f2f0765835b4fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5588d75f78d04f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94ad9748055c4618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1d10548ca04e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f2f0765835b4fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>110,297</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,124</x:t>
-[...269 lines deleted...]
-          <x:t>106,857</x:t>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>