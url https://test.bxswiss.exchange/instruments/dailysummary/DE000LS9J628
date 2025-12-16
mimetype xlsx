--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42eb9ac0bcd54d2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4232315648645bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59168c50a3f4579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127c46e5d721466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R986b2b68d78c4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59168c50a3f4579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d41bafa1734662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127c46e5d721466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,544</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>