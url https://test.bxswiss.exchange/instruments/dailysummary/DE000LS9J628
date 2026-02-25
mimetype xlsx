--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4232315648645bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d55ac23eaf24048" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R127c46e5d721466b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra44cbc65cb3f4eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d41bafa1734662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R127c46e5d721466b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9749b8a4a2af4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra44cbc65cb3f4eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>