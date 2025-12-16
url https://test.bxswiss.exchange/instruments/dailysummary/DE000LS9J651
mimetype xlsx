--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b72e3740b14735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd619d0deca154ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaab7666f34f498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91f69fa3f1545c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7194c83257994d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaab7666f34f498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85e342e0df9408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91f69fa3f1545c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>234,468</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>