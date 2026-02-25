--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd619d0deca154ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec715afbc72495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91f69fa3f1545c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7074b44162946ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd85e342e0df9408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91f69fa3f1545c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R540ba66947064edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7074b44162946ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>204,010</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,773</x:t>
-[...215 lines deleted...]
-          <x:t>203,035</x:t>
+          <x:t>203,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>