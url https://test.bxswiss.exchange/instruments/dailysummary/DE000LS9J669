--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f26eddcad443f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266062bfa6784a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52db23bfeb74922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red88fc5fe04b4688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac0c33101a448c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52db23bfeb74922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c3713e6fa594a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red88fc5fe04b4688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,916</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>