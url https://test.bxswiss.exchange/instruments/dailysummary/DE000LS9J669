--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266062bfa6784a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d9d40921714593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red88fc5fe04b4688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2607f9bd584688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c3713e6fa594a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red88fc5fe04b4688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R135dff22ff8f4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2607f9bd584688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>