--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab8b03cfbdaa42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c50ae4fae344ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549d66756f4944f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0db12514264b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e496baf21642fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549d66756f4944f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44115545428439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0db12514264b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>226,893</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>