--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c50ae4fae344ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1103719ddca841eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0db12514264b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608eb59b3aba47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44115545428439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0db12514264b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc19d3c248b41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608eb59b3aba47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>