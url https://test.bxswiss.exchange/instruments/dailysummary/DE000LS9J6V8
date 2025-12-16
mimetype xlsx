--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612e0cd86a6f4c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b23fc65938b46ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f62d11c521e4e33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab22be837d1b4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7caf0e54ec294172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f62d11c521e4e33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1dca85dfae4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab22be837d1b4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>135,306</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>