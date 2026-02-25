--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b23fc65938b46ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d8a3b143be47b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab22be837d1b4399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf61d94783c674ed5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1dca85dfae4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab22be837d1b4399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d244e6e7d284c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf61d94783c674ed5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>