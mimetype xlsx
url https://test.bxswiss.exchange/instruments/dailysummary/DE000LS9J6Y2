--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7f76bd7710411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra224a66e3b7546e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra931a446b7484350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1344560ab8ff4536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236503c4c594427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra931a446b7484350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13fe0067f44943af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1344560ab8ff4536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,018</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>