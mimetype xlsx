--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra224a66e3b7546e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b9e71f013694e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1344560ab8ff4536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a1b4d0cdba414c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13fe0067f44943af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1344560ab8ff4536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b2f1e52db14bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a1b4d0cdba414c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>132,650</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,481</x:t>
-[...382 lines deleted...]
-          <x:t>127,961</x:t>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>