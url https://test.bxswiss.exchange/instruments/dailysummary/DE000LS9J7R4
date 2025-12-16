--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525495a811564791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507eb92ec8b54efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebee6c6262d44db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86180be7ee374268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea7fb927f344a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebee6c6262d44db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce2532b82bd45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86180be7ee374268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster, Lust und Lobby</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>176,639</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>