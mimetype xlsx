--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507eb92ec8b54efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a77a5a6fb144c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86180be7ee374268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef2f8958b384b79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce2532b82bd45a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86180be7ee374268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c537f1766544ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef2f8958b384b79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster, Lust und Lobby</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>161,646</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...550 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>