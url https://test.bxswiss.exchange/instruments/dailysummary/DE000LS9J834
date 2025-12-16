--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde4a3bb52274c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8afb1cb46c5047e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a32df2c0dee454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a2b1e89788434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3263a7d0e5334ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a32df2c0dee454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf9be7a2a084dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a2b1e89788434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>341,133</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>