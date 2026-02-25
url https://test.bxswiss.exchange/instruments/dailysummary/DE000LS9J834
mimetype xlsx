--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8afb1cb46c5047e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f223d8a5714d32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a2b1e89788434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca6e443e7aaf4bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdf9be7a2a084dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a2b1e89788434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5964921386cd4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca6e443e7aaf4bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>346,741</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>