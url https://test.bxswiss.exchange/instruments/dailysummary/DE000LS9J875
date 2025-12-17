--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6f16a684794b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6dbee907374300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2778de400a1344ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R009e074f7ded46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R584608cb62964174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2778de400a1344ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37a406634794d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R009e074f7ded46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>100,505</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,853</x:t>
-[...350 lines deleted...]
-          <x:t>101,540</x:t>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>