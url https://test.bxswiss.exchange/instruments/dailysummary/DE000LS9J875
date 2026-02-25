--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6dbee907374300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b7c306dda54e2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R009e074f7ded46eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b40b79e394149e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re37a406634794d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R009e074f7ded46eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eded53178444845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b40b79e394149e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>