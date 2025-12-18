--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e744bbbbf64785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881492c6b2de4efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raadbfd7894d540b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145455ebc597427e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb9ee844ca14e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raadbfd7894d540b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b411dead3445c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145455ebc597427e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8A8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>231,936</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>