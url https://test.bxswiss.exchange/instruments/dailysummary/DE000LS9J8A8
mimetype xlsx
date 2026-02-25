--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881492c6b2de4efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b8b3404aee44424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145455ebc597427e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde52f5a0e709409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b411dead3445c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145455ebc597427e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcf8e470b6245f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde52f5a0e709409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8A8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>