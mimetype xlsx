--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09298ce0217a41a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b482cf7b3c4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63805b6240514d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f198c5a25e46df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R882b7e797a7d45b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63805b6240514d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c875d22412a4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f198c5a25e46df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,854</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>