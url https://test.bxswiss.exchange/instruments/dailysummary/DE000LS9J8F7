--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b482cf7b3c4109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2b19561a31417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f198c5a25e46df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d4cebee6c64712"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c875d22412a4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f198c5a25e46df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c57e1ecedf9477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d4cebee6c64712" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Todaytrade</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8F7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>108,070</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>