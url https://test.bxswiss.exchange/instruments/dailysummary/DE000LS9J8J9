--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a5838e216243ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc10f6bd2a3a4c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f36db08e298439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4317e516674c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdef90e3eaee472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f36db08e298439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d232a28dac44d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4317e516674c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>wall street trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,606</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,377</x:t>
-[...97 lines deleted...]
-          <x:t>100,658</x:t>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,560</x:t>
-[...53 lines deleted...]
-          <x:t>100,427</x:t>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,420</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,285</x:t>
-[...274 lines deleted...]
-          <x:t>100,784</x:t>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>