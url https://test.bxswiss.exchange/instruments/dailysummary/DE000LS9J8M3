--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R454152aa8b934d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d6adf2d4bb4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c923885e8e54237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R575b76b526904205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabdc10aeffa948b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c923885e8e54237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f31147e11344612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R575b76b526904205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ethisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8M3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>118,991</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>