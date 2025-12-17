--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cdbb8a291ae4167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69995638ae94424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R322769f55f3d4765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdff3c064e449e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f96a12d4d7b4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R322769f55f3d4765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae5448510a340b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdff3c064e449e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>464,260</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>