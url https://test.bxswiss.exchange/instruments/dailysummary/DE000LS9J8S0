--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69995638ae94424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redff0b6c728c475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdff3c064e449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d9b9d09e45434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae5448510a340b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdff3c064e449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c550bf21c4641e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d9b9d09e45434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silicon Valley - Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>