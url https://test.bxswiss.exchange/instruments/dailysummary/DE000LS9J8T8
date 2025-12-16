--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97618d1288634c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94173d8864ed4548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a9343b6f284e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5980b787c6b442cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb59745a35442fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a9343b6f284e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc678a78fa4249e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5980b787c6b442cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>352,125</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>