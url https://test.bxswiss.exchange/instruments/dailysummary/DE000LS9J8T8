--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94173d8864ed4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf53b52f00a548c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5980b787c6b442cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb78b9166fff45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc678a78fa4249e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5980b787c6b442cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d296ad7c452403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb78b9166fff45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DOW-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8T8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>354,045</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,154</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>359,184</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>