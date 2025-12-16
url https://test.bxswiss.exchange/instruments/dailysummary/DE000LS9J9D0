--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8dbc0aede8642c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref23f37cca4a4da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e7c1fa9b994dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5216c718a54949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8732e75b103492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e7c1fa9b994dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0551467de0254bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5216c718a54949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.167,514</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>