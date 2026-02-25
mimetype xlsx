--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref23f37cca4a4da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509aa710bb444e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5216c718a54949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94fb979a7e4e45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0551467de0254bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5216c718a54949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11663fcf37294632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94fb979a7e4e45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.187,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.189,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>