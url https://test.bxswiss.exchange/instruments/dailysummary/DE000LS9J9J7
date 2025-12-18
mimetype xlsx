--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aaa705e59164b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc75bf876cc4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa53c47a0014f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec2bb4d8c3d48f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9311554520304c72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa53c47a0014f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763ad9e77c7c42dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec2bb4d8c3d48f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J9J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.319,356</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.202,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.204,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.162,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.151,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.128,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.210,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.225,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.161,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.174,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.175,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.171,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.180,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.173,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.200,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.201,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.184,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.185,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.194,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.196,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.223,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.200,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.222,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.244,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.246,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.228,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.233,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.252,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.229,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.241,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.221,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.238,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.231,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.235,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.210,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.218,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.208,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.187,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.215,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.227,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.178,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.194,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.209,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.204,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.196,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.189,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.148,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.150,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>