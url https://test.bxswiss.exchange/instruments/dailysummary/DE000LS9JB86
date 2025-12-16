--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d934f246cd44fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40ef84a97234a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0248e0941b848b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0d5f90d41584aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40ac250e7a40416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0248e0941b848b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d90f800cec4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0d5f90d41584aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Günstige Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JB86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.349,118</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.337,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.342,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.339,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.336,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.400,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.439,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.475,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.472,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.473,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.465,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.479,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>