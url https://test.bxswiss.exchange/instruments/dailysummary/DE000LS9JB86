--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40ef84a97234a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20bf67e09220451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0d5f90d41584aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4957a726281241d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d90f800cec4fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0d5f90d41584aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R859580d8cde04636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4957a726281241d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Günstige Situationen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JB86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.484,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.508,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.479,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.508,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.511,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.498,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.496,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.491,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.492,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.504,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.527,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.497,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>