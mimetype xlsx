--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6cc2e97b95546d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12bbc084cf8e47a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51765f1948714579"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bb7f566ab24d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3980a77ab0414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51765f1948714579" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7716baf6834917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bb7f566ab24d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,442</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>