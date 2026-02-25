--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12bbc084cf8e47a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22101e01c3ea4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bb7f566ab24d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d881eb3d7af4e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7716baf6834917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bb7f566ab24d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccadbf22487146f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d881eb3d7af4e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lndt &amp; Sprngl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>