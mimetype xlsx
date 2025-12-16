--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd706f9a817b473d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715638b9fb714ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b6ef32c0da483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab834a67d894dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3818a08c324ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b6ef32c0da483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0c1bd9e9f14fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab834a67d894dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,584</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>