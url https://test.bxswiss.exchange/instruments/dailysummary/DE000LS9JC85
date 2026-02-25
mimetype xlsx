--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715638b9fb714ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9ce32f3ca384bc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raab834a67d894dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9feed295e0404dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0c1bd9e9f14fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raab834a67d894dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04052eb73a7c4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9feed295e0404dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vernunft-statt-Gier</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JC85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>