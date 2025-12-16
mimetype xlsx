--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a17269f1d834fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83e8721b0704a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb123b9befc814d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b42788270ec411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32711ed609ca439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb123b9befc814d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc30c7025e8e476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b42788270ec411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>197,710</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>