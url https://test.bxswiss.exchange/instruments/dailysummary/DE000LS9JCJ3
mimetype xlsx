--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83e8721b0704a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c73fbd8bb64158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b42788270ec411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8859ed0942dc417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc30c7025e8e476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b42788270ec411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f72b24b75e4e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8859ed0942dc417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_wayslong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>