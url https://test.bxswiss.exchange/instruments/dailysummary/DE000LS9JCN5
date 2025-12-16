--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0015b3244604e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f114d2d0ac4583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24449168416a45d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4a76689fc0474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R534104d7b6f74ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24449168416a45d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7192615e40d04625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4a76689fc0474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,440</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>