--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f114d2d0ac4583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed308ce8cf14f66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4a76689fc0474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901b9ce6282448bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7192615e40d04625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4a76689fc0474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189ff205bacb4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901b9ce6282448bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende, Wachstum &amp; Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>