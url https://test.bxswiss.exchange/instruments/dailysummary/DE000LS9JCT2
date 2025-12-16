--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00d8ece197f4edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2d66d025984269" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974e8193b8a04688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab32af0708e44e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ac487d659b4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974e8193b8a04688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9385a9abe9d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab32af0708e44e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>235,675</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>