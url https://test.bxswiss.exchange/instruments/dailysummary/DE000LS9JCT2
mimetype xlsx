--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2d66d025984269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65370914732446f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab32af0708e44e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905288cf1a6f4d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9385a9abe9d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab32af0708e44e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b869304218453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905288cf1a6f4d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>dividendenstarke Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>243,363</x:t>
-[...70 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>243,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,239</x:t>
-[...225 lines deleted...]
-          <x:t>242,676</x:t>
+          <x:t>242,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>