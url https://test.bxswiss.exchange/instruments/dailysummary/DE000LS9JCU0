--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2501fbdc5b0d407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cc84cdf7154802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2cdcf6aaa8e4e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d284d5ebbe4ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc8ad9c66ceb484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2cdcf6aaa8e4e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02f3dcf0407429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d284d5ebbe4ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,962</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>