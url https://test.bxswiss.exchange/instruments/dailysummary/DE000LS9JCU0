--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cc84cdf7154802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R966cba0a132446f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d284d5ebbe4ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c1ac7d50ff485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02f3dcf0407429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d284d5ebbe4ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0799f48f0ed64bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c1ac7d50ff485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>golden opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>