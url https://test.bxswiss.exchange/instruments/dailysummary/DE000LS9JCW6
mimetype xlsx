--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad05b51518924435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15632952be44766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d53e51a9bf4f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1bbb6bb09844d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11868351fbe34826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d53e51a9bf4f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb40112f13c47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1bbb6bb09844d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>213,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>212,956</x:t>
-[...58 lines deleted...]
-          <x:t>211,321</x:t>
+          <x:t>215,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>