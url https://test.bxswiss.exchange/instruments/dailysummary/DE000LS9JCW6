--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15632952be44766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae859f3b5984078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1bbb6bb09844d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68cc97af1e0e4c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb40112f13c47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1bbb6bb09844d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe21a057b2042a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68cc97af1e0e4c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoffnungsvoll</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JCW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>